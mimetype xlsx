--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -1,90 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1ABEB14E-61A0-4492-930C-9C1D2DCAAAA5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{779C676A-310B-4F88-8BF2-FD9FA0C2D9A6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="8" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="10" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Januar" sheetId="3" r:id="rId1"/>
     <sheet name="Februar" sheetId="4" r:id="rId2"/>
     <sheet name="März" sheetId="5" r:id="rId3"/>
     <sheet name="April" sheetId="6" r:id="rId4"/>
     <sheet name="Mai" sheetId="7" r:id="rId5"/>
     <sheet name="Juni" sheetId="8" r:id="rId6"/>
     <sheet name="Juli" sheetId="9" r:id="rId7"/>
     <sheet name="August" sheetId="10" r:id="rId8"/>
     <sheet name="September" sheetId="11" r:id="rId9"/>
+    <sheet name="Oktober" sheetId="13" r:id="rId10"/>
+    <sheet name="November" sheetId="14" r:id="rId11"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="264" uniqueCount="34">
   <si>
     <t xml:space="preserve">Zone </t>
   </si>
   <si>
     <r>
       <t>H</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="subscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">0n </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>[kWh/m</t>
     </r>
     <r>
@@ -173,70 +177,77 @@
   </si>
   <si>
     <t>aktuelle Werte Februar 2025</t>
   </si>
   <si>
     <t>aktuelle Werte März 2025</t>
   </si>
   <si>
     <t>aktuelle Werte April 2025</t>
   </si>
   <si>
     <t>aktuelle Werte Mai 2025</t>
   </si>
   <si>
     <t>aktuelle Werte Juni 2025</t>
   </si>
   <si>
     <t>aktuelle Werte Juli 2025</t>
   </si>
   <si>
     <t>aktuelle Werte August 2025</t>
   </si>
   <si>
     <t>aktuelle Werte September 2025</t>
   </si>
+  <si>
+    <t>aktuelle Werte Oktober 2025</t>
+  </si>
+  <si>
+    <t>aktuelle Werte November 2025</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0000"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -393,51 +404,51 @@
     <xf numFmtId="165" fontId="8" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -871,50 +882,434 @@
         <v>11.478999999999999</v>
       </c>
       <c r="D12" s="10"/>
       <c r="E12" s="10"/>
       <c r="F12" s="11"/>
     </row>
     <row r="13" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="15" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="16">
         <v>11.110000400464726</v>
       </c>
       <c r="D13" s="10"/>
       <c r="E13" s="10"/>
       <c r="F13" s="11"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{48CC1C58-5DAD-48E4-BE9D-3651EAD4D9C5}">
+  <dimension ref="A1:F13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E19" sqref="E19"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="17.85546875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="31.140625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="28" style="1" customWidth="1"/>
+    <col min="4" max="4" width="17.85546875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="17.42578125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="11.42578125" style="1"/>
+    <col min="7" max="14" width="19.140625" style="1" customWidth="1"/>
+    <col min="15" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="18"/>
+      <c r="B1" s="19"/>
+      <c r="C1" s="17"/>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A2" s="2"/>
+      <c r="B2" s="2"/>
+      <c r="C2" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D2" s="4"/>
+      <c r="E2" s="4"/>
+    </row>
+    <row r="3" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="D3" s="7"/>
+      <c r="E3" s="7"/>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A4" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="9">
+        <v>11.40199684979777</v>
+      </c>
+      <c r="D4" s="10"/>
+      <c r="E4" s="10"/>
+      <c r="F4" s="11"/>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A5" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="C5" s="13">
+        <v>10.863000437529852</v>
+      </c>
+      <c r="D5" s="10"/>
+      <c r="E5" s="10"/>
+      <c r="F5" s="11"/>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A6" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="13">
+        <v>11.395000162633343</v>
+      </c>
+      <c r="D6" s="10"/>
+      <c r="E6" s="10"/>
+      <c r="F6" s="11"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A7" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="C7" s="13">
+        <v>10.856000001013024</v>
+      </c>
+      <c r="D7" s="10"/>
+      <c r="E7" s="10"/>
+      <c r="F7" s="11"/>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A8" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" s="13">
+        <v>10.845278237660366</v>
+      </c>
+      <c r="D8" s="10"/>
+      <c r="E8" s="10"/>
+      <c r="F8" s="11"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A9" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="13">
+        <v>11.518999543201172</v>
+      </c>
+      <c r="D9" s="10"/>
+      <c r="E9" s="10"/>
+      <c r="F9" s="11"/>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A10" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C10" s="13">
+        <v>11.511933895160938</v>
+      </c>
+      <c r="D10" s="10"/>
+      <c r="E10" s="10"/>
+      <c r="F10" s="11"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A11" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" s="13">
+        <v>11.502763387790678</v>
+      </c>
+      <c r="D11" s="10"/>
+      <c r="E11" s="10"/>
+      <c r="F11" s="11"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A12" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="B12" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="C12" s="13">
+        <v>11.538997656759847</v>
+      </c>
+      <c r="D12" s="10"/>
+      <c r="E12" s="10"/>
+      <c r="F12" s="11"/>
+    </row>
+    <row r="13" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" s="16">
+        <v>11.468001199988457</v>
+      </c>
+      <c r="D13" s="10"/>
+      <c r="E13" s="10"/>
+      <c r="F13" s="11"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9628A58B-F8D3-4C41-B614-F41149E6092B}">
+  <dimension ref="A1:F13"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C21" sqref="C21"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="17.85546875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="31.140625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="28" style="1" customWidth="1"/>
+    <col min="4" max="4" width="17.85546875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="17.42578125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="11.42578125" style="1"/>
+    <col min="7" max="14" width="19.140625" style="1" customWidth="1"/>
+    <col min="15" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="18"/>
+      <c r="B1" s="19"/>
+      <c r="C1" s="17"/>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A2" s="2"/>
+      <c r="B2" s="2"/>
+      <c r="C2" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D2" s="4"/>
+      <c r="E2" s="4"/>
+    </row>
+    <row r="3" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="D3" s="7"/>
+      <c r="E3" s="7"/>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A4" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="9">
+        <v>11.514001130587195</v>
+      </c>
+      <c r="D4" s="10"/>
+      <c r="E4" s="10"/>
+      <c r="F4" s="11"/>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A5" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="C5" s="13">
+        <v>11.121999751351032</v>
+      </c>
+      <c r="D5" s="10"/>
+      <c r="E5" s="10"/>
+      <c r="F5" s="11"/>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A6" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="13">
+        <v>11.505999941426019</v>
+      </c>
+      <c r="D6" s="10"/>
+      <c r="E6" s="10"/>
+      <c r="F6" s="11"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A7" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="C7" s="13">
+        <v>11.10800004581462</v>
+      </c>
+      <c r="D7" s="10"/>
+      <c r="E7" s="10"/>
+      <c r="F7" s="11"/>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A8" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" s="13">
+        <v>11.095896492430636</v>
+      </c>
+      <c r="D8" s="10"/>
+      <c r="E8" s="10"/>
+      <c r="F8" s="11"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A9" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="13">
+        <v>11.515578932992234</v>
+      </c>
+      <c r="D9" s="10"/>
+      <c r="E9" s="10"/>
+      <c r="F9" s="11"/>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A10" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C10" s="13">
+        <v>11.516501895552896</v>
+      </c>
+      <c r="D10" s="10"/>
+      <c r="E10" s="10"/>
+      <c r="F10" s="11"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A11" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" s="13">
+        <v>11.478239855097423</v>
+      </c>
+      <c r="D11" s="10"/>
+      <c r="E11" s="10"/>
+      <c r="F11" s="11"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A12" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="B12" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="C12" s="13">
+        <v>11.532986006551557</v>
+      </c>
+      <c r="D12" s="10"/>
+      <c r="E12" s="10"/>
+      <c r="F12" s="11"/>
+    </row>
+    <row r="13" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" s="16">
+        <v>11.496999282036175</v>
+      </c>
+      <c r="D13" s="10"/>
+      <c r="E13" s="10"/>
+      <c r="F13" s="11"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B42" sqref="B42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="17.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="31.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="28" style="1" customWidth="1"/>
     <col min="4" max="4" width="17.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="17.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="11.42578125" style="1"/>
     <col min="7" max="14" width="19.140625" style="1" customWidth="1"/>
     <col min="15" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="18"/>
       <c r="B1" s="19"/>
       <c r="C1" s="17"/>
     </row>
@@ -2219,52 +2614,52 @@
       <c r="F12" s="11"/>
     </row>
     <row r="13" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="15" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="16">
         <v>10.804001503321375</v>
       </c>
       <c r="D13" s="10"/>
       <c r="E13" s="10"/>
       <c r="F13" s="11"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6A6E7815-1737-4DAD-B058-0F6873557A24}">
   <dimension ref="A1:F13"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C4" sqref="C4:C13"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G37" sqref="G37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="17.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="31.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="28" style="1" customWidth="1"/>
     <col min="4" max="4" width="17.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="17.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="11.42578125" style="1"/>
     <col min="7" max="14" width="19.140625" style="1" customWidth="1"/>
     <col min="15" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="18"/>
       <c r="B1" s="19"/>
       <c r="C1" s="17"/>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
       <c r="C2" s="3" t="s">
         <v>31</v>
       </c>
@@ -2419,58 +2814,60 @@
       </c>
       <c r="C13" s="16">
         <v>11.393005078257868</v>
       </c>
       <c r="D13" s="10"/>
       <c r="E13" s="10"/>
       <c r="F13" s="11"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="9" baseType="lpstr">
+    <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>Januar</vt:lpstr>
       <vt:lpstr>Februar</vt:lpstr>
       <vt:lpstr>März</vt:lpstr>
       <vt:lpstr>April</vt:lpstr>
       <vt:lpstr>Mai</vt:lpstr>
       <vt:lpstr>Juni</vt:lpstr>
       <vt:lpstr>Juli</vt:lpstr>
       <vt:lpstr>August</vt:lpstr>
       <vt:lpstr>September</vt:lpstr>
+      <vt:lpstr>Oktober</vt:lpstr>
+      <vt:lpstr>November</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>