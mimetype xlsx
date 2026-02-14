--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -1,94 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{779C676A-310B-4F88-8BF2-FD9FA0C2D9A6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{354442E2-007C-40B0-BA96-CBAF4E5A995C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="10" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="11" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Januar" sheetId="3" r:id="rId1"/>
     <sheet name="Februar" sheetId="4" r:id="rId2"/>
     <sheet name="März" sheetId="5" r:id="rId3"/>
     <sheet name="April" sheetId="6" r:id="rId4"/>
     <sheet name="Mai" sheetId="7" r:id="rId5"/>
     <sheet name="Juni" sheetId="8" r:id="rId6"/>
     <sheet name="Juli" sheetId="9" r:id="rId7"/>
     <sheet name="August" sheetId="10" r:id="rId8"/>
     <sheet name="September" sheetId="11" r:id="rId9"/>
     <sheet name="Oktober" sheetId="13" r:id="rId10"/>
     <sheet name="November" sheetId="14" r:id="rId11"/>
+    <sheet name="Dezember" sheetId="16" r:id="rId12"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="264" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="288" uniqueCount="35">
   <si>
     <t xml:space="preserve">Zone </t>
   </si>
   <si>
     <r>
       <t>H</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="subscript"/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">0n </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>[kWh/m</t>
     </r>
     <r>
@@ -182,50 +184,53 @@
     <t>aktuelle Werte März 2025</t>
   </si>
   <si>
     <t>aktuelle Werte April 2025</t>
   </si>
   <si>
     <t>aktuelle Werte Mai 2025</t>
   </si>
   <si>
     <t>aktuelle Werte Juni 2025</t>
   </si>
   <si>
     <t>aktuelle Werte Juli 2025</t>
   </si>
   <si>
     <t>aktuelle Werte August 2025</t>
   </si>
   <si>
     <t>aktuelle Werte September 2025</t>
   </si>
   <si>
     <t>aktuelle Werte Oktober 2025</t>
   </si>
   <si>
     <t>aktuelle Werte November 2025</t>
+  </si>
+  <si>
+    <t>aktuelle Werte Dezember 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.0000"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -404,51 +409,51 @@
     <xf numFmtId="165" fontId="8" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1078,51 +1083,51 @@
       <c r="F12" s="11"/>
     </row>
     <row r="13" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="15" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="16">
         <v>11.468001199988457</v>
       </c>
       <c r="D13" s="10"/>
       <c r="E13" s="10"/>
       <c r="F13" s="11"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9628A58B-F8D3-4C41-B614-F41149E6092B}">
   <dimension ref="A1:F13"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="C21" sqref="C21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="17.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="31.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="28" style="1" customWidth="1"/>
     <col min="4" max="4" width="17.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="17.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="11.42578125" style="1"/>
     <col min="7" max="14" width="19.140625" style="1" customWidth="1"/>
     <col min="15" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A1" s="18"/>
       <c r="B1" s="19"/>
       <c r="C1" s="17"/>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
       <c r="C2" s="3" t="s">
         <v>33</v>
@@ -1256,50 +1261,242 @@
       <c r="F11" s="11"/>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A12" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="13">
         <v>11.532986006551557</v>
       </c>
       <c r="D12" s="10"/>
       <c r="E12" s="10"/>
       <c r="F12" s="11"/>
     </row>
     <row r="13" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A13" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B13" s="15" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="16">
         <v>11.496999282036175</v>
+      </c>
+      <c r="D13" s="10"/>
+      <c r="E13" s="10"/>
+      <c r="F13" s="11"/>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{640D2847-9E88-4CB9-87E3-2F5984292BC1}">
+  <dimension ref="A1:F13"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C4" sqref="C4:C13"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="17.85546875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="31.140625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="29.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="17.85546875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="17.42578125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="11.42578125" style="1"/>
+    <col min="7" max="14" width="19.140625" style="1" customWidth="1"/>
+    <col min="15" max="16384" width="11.42578125" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="18"/>
+      <c r="B1" s="19"/>
+      <c r="C1" s="17"/>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A2" s="2"/>
+      <c r="B2" s="2"/>
+      <c r="C2" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D2" s="4"/>
+      <c r="E2" s="4"/>
+    </row>
+    <row r="3" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="D3" s="7"/>
+      <c r="E3" s="7"/>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A4" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="8" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="9">
+        <v>11.511001518409842</v>
+      </c>
+      <c r="D4" s="10"/>
+      <c r="E4" s="10"/>
+      <c r="F4" s="11"/>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A5" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="C5" s="13">
+        <v>11.202999831465643</v>
+      </c>
+      <c r="D5" s="10"/>
+      <c r="E5" s="10"/>
+      <c r="F5" s="11"/>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A6" s="12" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="12" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="13">
+        <v>11.512000036092296</v>
+      </c>
+      <c r="D6" s="10"/>
+      <c r="E6" s="10"/>
+      <c r="F6" s="11"/>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A7" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="C7" s="13">
+        <v>11.190000136148816</v>
+      </c>
+      <c r="D7" s="10"/>
+      <c r="E7" s="10"/>
+      <c r="F7" s="11"/>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A8" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" s="13">
+        <v>11.18390110440121</v>
+      </c>
+      <c r="D8" s="10"/>
+      <c r="E8" s="10"/>
+      <c r="F8" s="11"/>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A9" s="12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="13">
+        <v>11.511000068790368</v>
+      </c>
+      <c r="D9" s="10"/>
+      <c r="E9" s="10"/>
+      <c r="F9" s="11"/>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A10" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C10" s="13">
+        <v>11.51099998215453</v>
+      </c>
+      <c r="D10" s="10"/>
+      <c r="E10" s="10"/>
+      <c r="F10" s="11"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A11" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="14" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" s="13">
+        <v>11.470807829336783</v>
+      </c>
+      <c r="D11" s="10"/>
+      <c r="E11" s="10"/>
+      <c r="F11" s="11"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A12" s="14" t="s">
+        <v>21</v>
+      </c>
+      <c r="B12" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="C12" s="13">
+        <v>11.507003332826253</v>
+      </c>
+      <c r="D12" s="10"/>
+      <c r="E12" s="10"/>
+      <c r="F12" s="11"/>
+    </row>
+    <row r="13" spans="1:6" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" s="16">
+        <v>11.436999660413099</v>
       </c>
       <c r="D13" s="10"/>
       <c r="E13" s="10"/>
       <c r="F13" s="11"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B42" sqref="B42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="17.85546875" style="1" customWidth="1"/>
     <col min="2" max="2" width="31.140625" style="1" customWidth="1"/>
     <col min="3" max="3" width="28" style="1" customWidth="1"/>
     <col min="4" max="4" width="17.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="17.42578125" style="1" customWidth="1"/>
@@ -2814,60 +3011,61 @@
       </c>
       <c r="C13" s="16">
         <v>11.393005078257868</v>
       </c>
       <c r="D13" s="10"/>
       <c r="E13" s="10"/>
       <c r="F13" s="11"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>11</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="11" baseType="lpstr">
+    <vt:vector size="12" baseType="lpstr">
       <vt:lpstr>Januar</vt:lpstr>
       <vt:lpstr>Februar</vt:lpstr>
       <vt:lpstr>März</vt:lpstr>
       <vt:lpstr>April</vt:lpstr>
       <vt:lpstr>Mai</vt:lpstr>
       <vt:lpstr>Juni</vt:lpstr>
       <vt:lpstr>Juli</vt:lpstr>
       <vt:lpstr>August</vt:lpstr>
       <vt:lpstr>September</vt:lpstr>
       <vt:lpstr>Oktober</vt:lpstr>
       <vt:lpstr>November</vt:lpstr>
+      <vt:lpstr>Dezember</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>